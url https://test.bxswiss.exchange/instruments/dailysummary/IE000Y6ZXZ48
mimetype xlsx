--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb034e4661a0401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a98dd514b24b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15bf55c7cdc04b85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa38ce4beb834d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21c9c100acb40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15bf55c7cdc04b85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040fd8ae266d4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa38ce4beb834d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 12 Circular Economy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y6ZXZ48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>28,046</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,865</x:t>
-[...53 lines deleted...]
-          <x:t>28,188</x:t>
+          <x:t>27,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>