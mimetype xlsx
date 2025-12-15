--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2509d22e0c364f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebad4929d33409f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a359c5ce0c4931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60753c3bafd492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9479b067654017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a359c5ce0c4931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R876e6308417f4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60753c3bafd492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World SRI Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y77LGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>114,368</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,750</x:t>
-[...566 lines deleted...]
-          <x:t>118,100</x:t>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>