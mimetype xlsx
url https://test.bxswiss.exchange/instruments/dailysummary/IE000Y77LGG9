--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebad4929d33409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c82e8b79eb45f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60753c3bafd492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908f050870444dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R876e6308417f4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60753c3bafd492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4100509459244e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908f050870444dff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World SRI Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y77LGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>120,079</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,608</x:t>
-[...85 lines deleted...]
-          <x:t>120,482</x:t>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>