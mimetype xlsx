--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re767d54534354698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a74ff3c6a64c94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf601d5529ce403e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e331bc5bca84e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e165f491444bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf601d5529ce403e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f589d69cb044d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e331bc5bca84e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Fintech Innovation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YDOORK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,551</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>