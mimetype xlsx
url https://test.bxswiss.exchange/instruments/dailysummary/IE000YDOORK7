--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a74ff3c6a64c94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdebca2235c4c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e331bc5bca84e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39f4129879e04d99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f589d69cb044d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e331bc5bca84e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1656e7f388534ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39f4129879e04d99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Fintech Innovation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YDOORK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>40,428</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,428</x:t>
-[...274 lines deleted...]
-          <x:t>39,957</x:t>
+          <x:t>39,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>