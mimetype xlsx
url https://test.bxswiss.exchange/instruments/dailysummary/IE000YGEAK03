--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de1cba8af714e68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra072efb82bde4f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c376ab05eb4a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bae5e075d354098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaee3ebe574f469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c376ab05eb4a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf7ed70cc714271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bae5e075d354098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YGEAK03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>29,466</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>