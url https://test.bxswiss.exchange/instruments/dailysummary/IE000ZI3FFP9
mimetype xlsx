--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b86e1f7bce4568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3555d350763d49ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10141d7e7cf64519"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R582e69d185f943c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5982cd8fd02948e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10141d7e7cf64519" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca59fd86e1be49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R582e69d185f943c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZI3FFP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>11,093</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>