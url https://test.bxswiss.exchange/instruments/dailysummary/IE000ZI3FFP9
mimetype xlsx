--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3555d350763d49ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe1f31577c884f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R582e69d185f943c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d41a797e5e47e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca59fd86e1be49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R582e69d185f943c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa546222d0b4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d41a797e5e47e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZI3FFP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>11,139</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,125</x:t>
-[...21 lines deleted...]
-          <x:t>11,563</x:t>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,398</x:t>
-[...102 lines deleted...]
-          <x:t>11,527</x:t>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,562</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>11,656</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,609</x:t>
-[...139 lines deleted...]
-          <x:t>11,477</x:t>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>