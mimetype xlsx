--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73d0ff5dd3846f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efbc3b7e3f14d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f24da17332f423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45938f6bcea44ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc1224ffd234322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f24da17332f423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b4b6d75ed994487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45938f6bcea44ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi S&amp;P Global Consumer Staples ESG UCITS ETF DR - EUR (A)</x:t>
+          <x:t>Amundi S&amp;P World Consumer Staples Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZIJ5B20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,816</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>11,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,771</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>11,860</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,732</x:t>
-[...16 lines deleted...]
-          <x:t>11,824</x:t>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,808</x:t>
-[...92 lines deleted...]
-          <x:t>11,701</x:t>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,696</x:t>
-[...274 lines deleted...]
-          <x:t>11,491</x:t>
+          <x:t>11,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>