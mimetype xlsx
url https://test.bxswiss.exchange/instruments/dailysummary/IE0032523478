--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde84f8a30524a2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084858b247134350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a71bb74f4ef4e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52e980b7dc545ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2112d7848a84be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a71bb74f4ef4e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344c8e73c2d2439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52e980b7dc545ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Corp Bond Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032523478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>117,914</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,864</x:t>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>117,597</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>