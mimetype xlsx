--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084858b247134350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5feeccf8e64c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52e980b7dc545ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817f2aac9eee4741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344c8e73c2d2439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52e980b7dc545ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd49fa51042c84ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817f2aac9eee4741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Corp Bond Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032523478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>116,187</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,105</x:t>
-[...465 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,769</x:t>
-[...117 lines deleted...]
-          <x:t>116,381</x:t>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>