--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a5207d436d473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa46a7c9dd64efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88878cdf06e542ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ed2a1d80214d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b1c3b6d4224873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88878cdf06e542ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36919b7557b49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ed2a1d80214d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,502</x:t>
-[...333 lines deleted...]
-          <x:t>130,810</x:t>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>