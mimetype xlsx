--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa46a7c9dd64efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101f389c3c9a4fe8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ed2a1d80214d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81f8fbc3bc814217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36919b7557b49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ed2a1d80214d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54d1e6251a7a49e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81f8fbc3bc814217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>133,255</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,393</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>130,729</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>