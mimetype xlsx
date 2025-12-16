--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6278cde2f87048ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e40d0791aa746a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb8d6954157f4d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ecef268034457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103c8442a6634aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb8d6954157f4d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03823ee2dd91415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ecef268034457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>16,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>