--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e40d0791aa746a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8abf0dfcfe0e4867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ecef268034457c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32ac578e17a14403"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03823ee2dd91415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ecef268034457c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb25dcdf1223047f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32ac578e17a14403" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,046</x:t>
-[...360 lines deleted...]
-          <x:t>17,244</x:t>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>