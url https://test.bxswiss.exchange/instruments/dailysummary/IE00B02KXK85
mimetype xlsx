--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f042b41afc42ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddedfa7fb864654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a83dde50ae4afd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01874ff1d73f4efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R617120460ef24c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a83dde50ae4afd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7fc3490bfe9474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01874ff1d73f4efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares China Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXK85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>90,291</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,224</x:t>
-[...436 lines deleted...]
-          <x:t>94,028</x:t>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>