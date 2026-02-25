--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddedfa7fb864654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5f03365937e4ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01874ff1d73f4efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bd31602f134338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7fc3490bfe9474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01874ff1d73f4efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8185d254d57d468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bd31602f134338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares China Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXK85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>91,922</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,178</x:t>
-[...431 lines deleted...]
-          <x:t>87,039</x:t>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>