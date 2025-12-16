--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb22dcc9b91461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb635c52e721b422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b20fc1caf24dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce14e153333445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc10a4db4a24247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b20fc1caf24dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ea8ffa5246402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce14e153333445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Mid UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXL92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,152</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>