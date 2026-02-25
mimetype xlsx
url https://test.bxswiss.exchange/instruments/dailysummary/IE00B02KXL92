--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb635c52e721b422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd17336119370436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce14e153333445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdba0b911e92445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ea8ffa5246402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce14e153333445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e222f14aad4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdba0b911e92445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Mid UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXL92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>73,807</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,547</x:t>
-[...112 lines deleted...]
-          <x:t>73,996</x:t>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>