--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49d1049a15794994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52d02f2f4e14c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95778b0d77174ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e44d5fe466d44c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f1370216cd4c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95778b0d77174ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c6569f6e97467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e44d5fe466d44c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Small UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXM00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,271</x:t>
-[...306 lines deleted...]
-          <x:t>43,856</x:t>
+          <x:t>43,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>