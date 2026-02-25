--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52d02f2f4e14c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47b565349554203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e44d5fe466d44c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c2ee870179e4f79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c6569f6e97467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e44d5fe466d44c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46474059ebc64e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c2ee870179e4f79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Small UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXM00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>