--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa87c3fdfe824794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f70061ab1f4290" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16546ce256e84c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4f35ad0a874568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e7ee0b2192448e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16546ce256e84c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb51582f13c8f49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4f35ad0a874568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Q58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,699</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>72,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>