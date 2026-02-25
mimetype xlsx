--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f70061ab1f4290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4a8e6073c449af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4f35ad0a874568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf433ca6882de4136"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb51582f13c8f49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4f35ad0a874568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca387d0c63542ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf433ca6882de4136" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Q58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>76,045</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,902</x:t>
-[...215 lines deleted...]
-          <x:t>73,915</x:t>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>