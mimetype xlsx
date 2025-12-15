--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra52aef8562634abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af60df9f5444127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R170d02c969864146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3cf9489b6ac48bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb92b43b12ea4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R170d02c969864146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f7e797f4f947b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3cf9489b6ac48bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>42,433</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>