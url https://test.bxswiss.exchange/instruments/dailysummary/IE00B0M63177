--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af60df9f5444127" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbbff49da1b44f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3cf9489b6ac48bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41eda5cead24e64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f7e797f4f947b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3cf9489b6ac48bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc209c1125e264589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41eda5cead24e64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>42,681</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>