--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25e990a32084bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e242dcafb04602" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6164ed579f46bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85cb8fe1a044c60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f21034f19fe4597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6164ed579f46bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc502a93e5f56461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85cb8fe1a044c60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares European Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>28,700</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,193</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>28,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,161</x:t>
-[...53 lines deleted...]
-          <x:t>28,464</x:t>
+          <x:t>27,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>