--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e242dcafb04602" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21619ea71bc847c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85cb8fe1a044c60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af800378c4346c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc502a93e5f56461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85cb8fe1a044c60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6857f6318af4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af800378c4346c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares European Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>27,893</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,052</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,584</x:t>
-[...112 lines deleted...]
-          <x:t>28,343</x:t>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>27,618</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>