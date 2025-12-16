--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5af5764d6a74522" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087eea5a263549f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf3c51d1a3e54ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cdcccbee30140f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7850ee85566b4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf3c51d1a3e54ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b95945ea3f4f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cdcccbee30140f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Korea UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>45,489</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>