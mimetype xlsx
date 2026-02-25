--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087eea5a263549f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5939335503e84908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cdcccbee30140f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd5dae8799f4c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b95945ea3f4f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cdcccbee30140f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9ca4c20d7d412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd5dae8799f4c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Korea UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>49,638</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,032</x:t>
-[...409 lines deleted...]
-          <x:t>52,281</x:t>
+          <x:t>51,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>