--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffe342a843143b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a86bf7a8c44535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49b818ae5e04284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67738113d87f4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4234fe24d9574e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49b818ae5e04284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5754b9422243465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67738113d87f4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Taiwan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>87,702</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>90,018</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>