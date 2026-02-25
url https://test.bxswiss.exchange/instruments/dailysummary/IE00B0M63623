--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a86bf7a8c44535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156dbdb0a9f64fcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67738113d87f4a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eee842d34344697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5754b9422243465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67738113d87f4a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf674c7f53054a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eee842d34344697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Taiwan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>91,256</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,161</x:t>
-[...463 lines deleted...]
-          <x:t>91,869</x:t>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>