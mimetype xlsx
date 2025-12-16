--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22e229c0b154ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bf68ab30b24384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79b7aefa67e4231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992cf0560ded4197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bcd76fe357840cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79b7aefa67e4231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c9a982b4314b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992cf0560ded4197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4N27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>45,463</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>