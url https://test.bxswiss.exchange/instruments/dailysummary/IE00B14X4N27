--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bf68ab30b24384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e53fb6bb8c648aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992cf0560ded4197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refce794754534f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c9a982b4314b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992cf0560ded4197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra90b4dfd9ea24ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refce794754534f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4N27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>46,506</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,319</x:t>
-[...58 lines deleted...]
-          <x:t>46,883</x:t>
+          <x:t>47,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>