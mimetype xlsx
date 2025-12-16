--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3184b9b1574013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5372feba844bed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9677e9afa0f4cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22855838d2d94d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a1899795f4468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9677e9afa0f4cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918969d6a3a24b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22855838d2d94d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Govt Bond 1-3yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4Q57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>131,868</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,953</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>132,406</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>