--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5372feba844bed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfe8a9c2d5ce42f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22855838d2d94d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2884b285e364a0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918969d6a3a24b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22855838d2d94d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2abb58a83af412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2884b285e364a0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Govt Bond 1-3yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4Q57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>132,693</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,576</x:t>
-[...377 lines deleted...]
-          <x:t>132,647</x:t>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>