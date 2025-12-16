--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8eb7848b6874687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24cb8a5a8bb44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra708319aec1949b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2fc1b84dd524403"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd980864031f24d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra708319aec1949b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d994ce374cc4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2fc1b84dd524403" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 1-3yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4S71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,132</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>