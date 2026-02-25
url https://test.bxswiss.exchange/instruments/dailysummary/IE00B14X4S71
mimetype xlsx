--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24cb8a5a8bb44ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107d2893f07e4311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2fc1b84dd524403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802820a7d95a4032"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d994ce374cc4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2fc1b84dd524403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R785f56f949764099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802820a7d95a4032" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 1-3yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4S71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,141</x:t>
-[...360 lines deleted...]
-          <x:t>102,608</x:t>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>