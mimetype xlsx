--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54ee9d8d1fb49a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34e3817e0084a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae54e733f854b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cca2497bccc4ca7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b98372207c2472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae54e733f854b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5cae435106a4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cca2497bccc4ca7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Asia Pacific Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4T88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>21,217</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>