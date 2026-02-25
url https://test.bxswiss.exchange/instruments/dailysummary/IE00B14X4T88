--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34e3817e0084a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d81ed4ac7184481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cca2497bccc4ca7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc50080cff3cd4186"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5cae435106a4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cca2497bccc4ca7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re30949be68144945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc50080cff3cd4186" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Asia Pacific Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4T88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,435</x:t>
+          <x:t>22,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,130</x:t>
-[...6 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,180</x:t>
-[...166 lines deleted...]
-          <x:t>16,000</x:t>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>22,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,251</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>22,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,608</x:t>
-[...90 lines deleted...]
-          <x:t>22,161</x:t>
+          <x:t>22,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>