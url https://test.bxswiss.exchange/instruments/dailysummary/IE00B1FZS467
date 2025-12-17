--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c4bbd5871994ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014b4b81beea471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a1374e665c4223"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4297ff39754cd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562bea4618b04907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a1374e665c4223" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7ffd3e50ba496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4297ff39754cd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Infrastructure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>28,364</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,279</x:t>
-[...31 lines deleted...]
-          <x:t>28,581</x:t>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>