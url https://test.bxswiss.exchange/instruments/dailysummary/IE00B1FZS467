--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014b4b81beea471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404f04f3fc1847d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4297ff39754cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9983c3a93ed64ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7ffd3e50ba496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4297ff39754cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R496197db9b644b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9983c3a93ed64ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Infrastructure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>28,645</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,615</x:t>
-[...6 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>28,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,496</x:t>
-[...458 lines deleted...]
-          <x:t>28,174</x:t>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,221</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>28,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>