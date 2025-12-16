--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003c0d5a5b674f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1394eb1f2f9a4dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75693ac442a44391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b3f93c0cc6f4518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e6a0cdcba6e48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75693ac442a44391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a8d82605b54a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b3f93c0cc6f4518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Turkey UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>19,960</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,987</x:t>
-[...70 lines deleted...]
-          <x:t>19,144</x:t>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,704</x:t>
-[...485 lines deleted...]
-          <x:t>20,288</x:t>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>