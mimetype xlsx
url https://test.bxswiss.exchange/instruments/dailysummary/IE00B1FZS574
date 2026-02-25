--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1394eb1f2f9a4dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0d6ae194394935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b3f93c0cc6f4518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353160a154a14999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a8d82605b54a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b3f93c0cc6f4518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b41abb01504fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353160a154a14999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Turkey UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>19,002</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,870</x:t>
-[...58 lines deleted...]
-          <x:t>19,436</x:t>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>