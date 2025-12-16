--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73033eaa90044f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a992d3cf7c5467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca7573324514282"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df7d633080f45b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2638490ee065467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca7573324514282" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794f3b93771c420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df7d633080f45b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>141,367</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,101</x:t>
-[...26 lines deleted...]
-          <x:t>141,371</x:t>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>