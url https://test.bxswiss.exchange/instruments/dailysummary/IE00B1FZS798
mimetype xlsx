--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a992d3cf7c5467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ae3124257b4bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df7d633080f45b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4835c77300cd40fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794f3b93771c420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df7d633080f45b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c8bc7c8b9b4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4835c77300cd40fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>