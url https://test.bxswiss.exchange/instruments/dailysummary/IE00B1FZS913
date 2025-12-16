--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bb694ce8cc4837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31db2ab02593473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758f4c0a031d458f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811dbbe195874be8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0156f7226caa4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758f4c0a031d458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R682efd7602d54e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811dbbe195874be8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 15-30yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>157,444</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>