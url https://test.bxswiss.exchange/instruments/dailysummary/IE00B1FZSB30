--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ab2b5bddc448db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7573c3f64816499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61aedcf2803c4bef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R351328c3415d4eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb499ec9d5f14045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61aedcf2803c4bef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5221dc7b0d0a48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R351328c3415d4eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core UK Gilts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSB30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>10,617</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,606</x:t>
-[...357 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,581</x:t>
-[...129 lines deleted...]
-          <x:t>10,471</x:t>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,470</x:t>
-[...85 lines deleted...]
-          <x:t>10,611</x:t>
+          <x:t>10,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>