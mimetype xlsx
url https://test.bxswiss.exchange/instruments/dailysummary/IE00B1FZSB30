--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7573c3f64816499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e2ca25ee214a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R351328c3415d4eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8419db3f196481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5221dc7b0d0a48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R351328c3415d4eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ffa99514d2a4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8419db3f196481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core UK Gilts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSB30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>10,423</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>10,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,543</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>02.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,544</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>10,586</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,686</x:t>
-[...171 lines deleted...]
-          <x:t>10,555</x:t>
+          <x:t>10,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>