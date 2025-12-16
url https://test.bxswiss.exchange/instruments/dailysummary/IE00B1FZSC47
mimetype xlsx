--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4f1453784d4492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2f42ac30bb42e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5d85e0e5994460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rada30031b7e04d0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0ec916ea41466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5d85e0e5994460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a99305fb1c34f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rada30031b7e04d0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSC47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>203,473</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>