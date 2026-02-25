--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2f42ac30bb42e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73fb342863b4979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rada30031b7e04d0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf45de280cea43a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a99305fb1c34f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rada30031b7e04d0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6943fba8abe8415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf45de280cea43a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSC47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>