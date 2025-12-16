--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref280cc324174d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf359f75e95a84925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb8def264af465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R985f0ed4e4484f56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6609e05c01449c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb8def264af465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8164a511b00c4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R985f0ed4e4484f56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSF77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,794</x:t>
-[...26 lines deleted...]
-          <x:t>23,842</x:t>
+          <x:t>23,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,721</x:t>
-[...242 lines deleted...]
-          <x:t>24,101</x:t>
+          <x:t>23,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>