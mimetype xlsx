--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf359f75e95a84925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e83d4e6dc7c4f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R985f0ed4e4484f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17a6e88a5b148bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8164a511b00c4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R985f0ed4e4484f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29116035bbd94867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17a6e88a5b148bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSF77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>23,191</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,002</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>23,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,293</x:t>
-[...60 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>23,122</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>