--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40df7084fd2a462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7b43852b4334382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fa99ce11334a57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc82db21f00dc4228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce97a111c9554e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fa99ce11334a57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae80d8466584e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc82db21f00dc4228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Water UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXK627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>60,587</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,804</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>59,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,558</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>60,314</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>