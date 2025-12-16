--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53166254fe4949bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff04f847b164570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdf786119a1649b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b40e476be1474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re303f8c74d3640ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdf786119a1649b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01fa606cd214f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b40e476be1474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II UK Property UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXLS18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,278</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,267</x:t>
-[...367 lines deleted...]
-          <x:t>4,273</x:t>
+          <x:t>4,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,277</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>4,344</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>