--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff04f847b164570" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73066b8f03444e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b40e476be1474e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd03ce3fa2aea4b61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01fa606cd214f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b40e476be1474e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ff4f65a47a4f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd03ce3fa2aea4b61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II UK Property UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXLS18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>4,355</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,312</x:t>
-[...264 lines deleted...]
-          <x:t>4,392</x:t>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,406</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,412</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>4,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>