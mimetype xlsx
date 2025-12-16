--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae696c19b1634166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6068ceaff4bd4d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6955aba036d2404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea840cb0cb84cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca6924b1dfc4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6955aba036d2404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb168b150aa64de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea840cb0cb84cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II FTSE MIB UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNH568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>24,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,869</x:t>
-[...48 lines deleted...]
-          <x:t>24,333</x:t>
+          <x:t>24,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,271</x:t>
-[...33 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,640</x:t>
-[...306 lines deleted...]
-          <x:t>24,682</x:t>
+          <x:t>24,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>