--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6068ceaff4bd4d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4908eb3fb955444e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea840cb0cb84cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8398627b37c34c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb168b150aa64de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea840cb0cb84cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c0ec9255744747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8398627b37c34c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II FTSE MIB UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNH568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>