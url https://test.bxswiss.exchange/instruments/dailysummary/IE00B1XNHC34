--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85aa354aeca144aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9821da5be3245e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra22ea86258694d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2051b5adf38b48f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247fbabf94f74d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra22ea86258694d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e9bd28e27549ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2051b5adf38b48f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares II Global Clean Energy UCITS ETF USD Dist</x:t>
+          <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNHC34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>7,259</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>