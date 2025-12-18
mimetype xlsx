--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01a0ff892fb4b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0afbda093b47a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0a30c89a8d4067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b8f1bef8b01428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reba232fe173d4c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0a30c89a8d4067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd72a427444964dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b8f1bef8b01428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D9570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>8,583</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,538</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>8,778</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>8,764</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>