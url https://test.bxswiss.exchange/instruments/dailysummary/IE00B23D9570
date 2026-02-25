--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0afbda093b47a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8d65ba2bc34d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b8f1bef8b01428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Read97c850900461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd72a427444964dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b8f1bef8b01428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ad29e78f884f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Read97c850900461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D9570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>8,845</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,788</x:t>
-[...173 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,081</x:t>
-[...242 lines deleted...]
-          <x:t>9,083</x:t>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,935</x:t>
-[...53 lines deleted...]
-          <x:t>8,767</x:t>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>