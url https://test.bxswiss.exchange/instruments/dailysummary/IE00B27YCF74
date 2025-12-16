--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88feab7f8a9048c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbde9349e554314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6926f52930c4f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c027e7c3e554f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f4187392e734b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6926f52930c4f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15316df30d0740eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c027e7c3e554f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Timber &amp; Forestry UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>20,175</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>