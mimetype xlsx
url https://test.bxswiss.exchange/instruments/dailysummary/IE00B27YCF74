--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbde9349e554314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R871fd86713844293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c027e7c3e554f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d97f652173455f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15316df30d0740eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c027e7c3e554f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd7b461d3494ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d97f652173455f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Timber &amp; Forestry UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>19,288</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,277</x:t>
-[...6 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>19,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>