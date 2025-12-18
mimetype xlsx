--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafefc18f820d4bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a25d247db774bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce41f2e415b40a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c9860eafa7547a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc1493b776a415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce41f2e415b40a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef92276c8594511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c9860eafa7547a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI EM Islamic UCITS ETF USD (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,523</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>22,539</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>