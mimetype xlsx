--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a25d247db774bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re103f306f86e4456" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c9860eafa7547a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf53f158bedd4089"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef92276c8594511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c9860eafa7547a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57eb077ba9a54979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf53f158bedd4089" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI EM Islamic UCITS ETF USD (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,189</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>23,772</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,585</x:t>
-[...193 lines deleted...]
-          <x:t>23,189</x:t>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>