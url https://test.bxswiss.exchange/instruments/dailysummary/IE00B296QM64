--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf328cddb6c448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339f770018cb4d18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd66090f25c4ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra005d44c56184e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f100b5e99e041f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd66090f25c4ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b0cd9a2db24c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra005d44c56184e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Islamic UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B296QM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>82,451</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>