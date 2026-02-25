--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339f770018cb4d18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53dc54faba9b4167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra005d44c56184e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3242bc71c8cb4bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b0cd9a2db24c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra005d44c56184e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2966f5a81ae240e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3242bc71c8cb4bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Islamic UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B296QM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>85,083</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,658</x:t>
-[...134 lines deleted...]
-          <x:t>85,091</x:t>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>