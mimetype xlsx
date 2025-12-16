--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e929264cc9c4277" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968a6888a92f40ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb76ede3a427a46c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd9cf972ecb49cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad200d220ed4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb76ede3a427a46c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0774c76c294656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd9cf972ecb49cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P SmallCap 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWCY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>77,992</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,652</x:t>
-[...161 lines deleted...]
-          <x:t>76,995</x:t>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>