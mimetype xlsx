--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7534fedc70b479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60160cd984524822" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88dfd820fd1d41af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72f8cb37d84483c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71a9143130a6431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88dfd820fd1d41af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2895340bdcd6404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72f8cb37d84483c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI AC Far East ex-Japan Small Cap UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDR12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>40,223</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,576</x:t>
-[...16 lines deleted...]
-          <x:t>40,227</x:t>
+          <x:t>38,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,987</x:t>
-[...198 lines deleted...]
-          <x:t>39,101</x:t>
+          <x:t>38,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>