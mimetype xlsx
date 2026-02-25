--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60160cd984524822" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7722527f09194189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72f8cb37d84483c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0699fcc85c314c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2895340bdcd6404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72f8cb37d84483c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f75f0ab1534b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0699fcc85c314c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI AC Far East ex-Japan Small Cap UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDR12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>