--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fee6b5079f54b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69f74d5b6ae4bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c2081e61954805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7b1bb893804feb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd290d608feea4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c2081e61954805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc948754134ab430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7b1bb893804feb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Japan Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDY88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>41,539</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,502</x:t>
-[...114 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>41,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,264</x:t>
-[...252 lines deleted...]
-          <x:t>40,726</x:t>
+          <x:t>41,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>