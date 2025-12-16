--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7496ea0e8f34122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30ff8fb24b14365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1afa7797731427c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc97e7b3d964e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5314de3a5874506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1afa7797731427c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c976731a86a4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc97e7b3d964e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Covered Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8Q275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>133,578</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,276</x:t>
-        </x:is>
-[...597 lines deleted...]
-          <x:t>133,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>