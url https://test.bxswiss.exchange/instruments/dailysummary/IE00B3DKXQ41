--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4813939c0104582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7b6a0538a624ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree8b502567fa43cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf981b91c1d8a4225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R378fd95504354ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree8b502567fa43cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a3034ea868457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf981b91c1d8a4225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares III EUR Aggregate Bond ESG UCITS ETF EUR Dist</x:t>
+          <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>101,266</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,261</x:t>
-[...53 lines deleted...]
-          <x:t>101,093</x:t>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...262 lines deleted...]
-          <x:t>101,609</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>