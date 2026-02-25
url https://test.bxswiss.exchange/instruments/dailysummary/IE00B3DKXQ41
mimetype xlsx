--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7b6a0538a624ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f740e58a7864f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf981b91c1d8a4225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64599c4b40c4428"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a3034ea868457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf981b91c1d8a4225" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e8d4191bf64fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64599c4b40c4428" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>101,741</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,827</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>101,202</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,364</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>101,501</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>