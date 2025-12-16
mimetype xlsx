--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36108acfafb84c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa93c0379c9470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdfe535630724dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac0ef67ad034d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c7c876088a4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdfe535630724dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bdaf7dc2cb41c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac0ef67ad034d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Emerging Markets Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81G20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,623</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>