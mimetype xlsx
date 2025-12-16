--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c45deae11314937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26bb71a63aff4bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664e53825e5d4e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0330aca30778403a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537c678831c9446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664e53825e5d4e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb6a1cac15e4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0330aca30778403a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81K65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>72,876</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,722</x:t>
-[...431 lines deleted...]
-          <x:t>72,709</x:t>
+          <x:t>73,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>