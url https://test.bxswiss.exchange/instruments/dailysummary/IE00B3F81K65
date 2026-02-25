--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26bb71a63aff4bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7dd4d5a8ab4775" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0330aca30778403a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47cb31258f9740aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb6a1cac15e4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0330aca30778403a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86390205aa574a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47cb31258f9740aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81K65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>72,132</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,391</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,231</x:t>
-[...198 lines deleted...]
-          <x:t>72,514</x:t>
+          <x:t>72,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>