--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d5d254fe614fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b6242167774503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99dce1473a4248d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5395d1a28c484c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88047b5071744e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99dce1473a4248d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3359fca0fe41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5395d1a28c484c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>113,046</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,759</x:t>
-[...92 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,151</x:t>
-[...360 lines deleted...]
-          <x:t>112,946</x:t>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>