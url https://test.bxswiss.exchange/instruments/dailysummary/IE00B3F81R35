--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b6242167774503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc355f234bd4bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5395d1a28c484c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7c25aac5e58424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3359fca0fe41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5395d1a28c484c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80111fc37c0c4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7c25aac5e58424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>113,045</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>113,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>