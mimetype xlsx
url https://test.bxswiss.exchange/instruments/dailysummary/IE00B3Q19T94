--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aae159db7544b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14bcc9122ed4017" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b34882ab494eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb24f76ed045e4a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737c0e28bf284fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b34882ab494eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fcaf82d2894f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb24f76ed045e4a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Q19T94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>164,218</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>