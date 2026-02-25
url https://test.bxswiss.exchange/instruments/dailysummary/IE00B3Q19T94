--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14bcc9122ed4017" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd81982fa274387" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb24f76ed045e4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc45add7bfb48c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fcaf82d2894f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb24f76ed045e4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recec5e6a443a4994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc45add7bfb48c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Q19T94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>