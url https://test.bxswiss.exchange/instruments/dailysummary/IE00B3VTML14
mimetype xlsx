--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07157bdcb4e040a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf2cb78b9a94be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba17906e9394c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0649a72788694224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf13df47d819c4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba17906e9394c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d3ecb6c7b24e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0649a72788694224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Government Bond 3-7yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,234</x:t>
-[...522 lines deleted...]
-          <x:t>124,935</x:t>
+          <x:t>125,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>