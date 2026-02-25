--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf2cb78b9a94be4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a9908c06044499" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0649a72788694224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d773a97e48462a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d3ecb6c7b24e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0649a72788694224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac3e2d1625b4a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d773a97e48462a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Government Bond 3-7yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>124,038</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,578</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>124,581</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,768</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>124,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>