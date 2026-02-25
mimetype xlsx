--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc99c966ea34e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57cd7505a368488a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b86b29d542e41e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e2c0f0580f4919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb1a0288f7a4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b86b29d542e41e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e50f19f3a9a41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e2c0f0580f4919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VVMM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>59,162</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,219</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>59,712</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>