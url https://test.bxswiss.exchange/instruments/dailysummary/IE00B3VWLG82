--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e52ccd894d44a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54129753f1e146e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8c13674b5384e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4c43eff45b4946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb90bca0d2a4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8c13674b5384e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8396a98e0444fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4c43eff45b4946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWLG82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>270,252</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>275,283</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>