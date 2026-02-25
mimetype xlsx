--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54129753f1e146e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a7880e341d4374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4c43eff45b4946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66dacc8c699d40e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8396a98e0444fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4c43eff45b4946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d589b7c10c4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66dacc8c699d40e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWLG82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>