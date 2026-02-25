--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93502e5296f34d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R782cd69429ca4a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee9e11020ba4927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3f36f8d533e4376"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,542 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb939b24fbc6647bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee9e11020ba4927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489e2efe154e4544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3f36f8d533e4376" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares VII MSCI USA Small Cap ESG Enhanced UCITS ETF Acc</x:t>
+          <x:t>iShares VII MSCI USA Small Cap ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWM098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>459,123</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>