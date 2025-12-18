--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52053e647b8b43cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba2264654eb4c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59dd2d23778b43ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb12ec0214e74c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d78c2e71d8e4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59dd2d23778b43ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53056fb2c9794ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb12ec0214e74c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWMM18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>302,506</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>