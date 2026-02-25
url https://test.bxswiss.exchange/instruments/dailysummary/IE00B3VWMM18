--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba2264654eb4c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c27ca6849414b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb12ec0214e74c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a570337f97a4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53056fb2c9794ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb12ec0214e74c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27da1fd57afd4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a570337f97a4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWMM18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>